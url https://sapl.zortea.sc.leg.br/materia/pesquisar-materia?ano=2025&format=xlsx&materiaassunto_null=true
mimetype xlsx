--- v0 (2025-10-22)
+++ v1 (2026-01-18)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="952" uniqueCount="452">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1032" uniqueCount="481">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -915,50 +915,84 @@
   <si>
     <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/815/projeto_de_lei_complementar_no_03_2025_alteracao_carga_horaria_assessor_juridico.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA CARGA HORÁRIA DO CARGO DE ASSESSOR JURÍDICO DA PREFEITURA MUNICIPAL DE ZORTÉA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/818/projeto_de_lei_complementar_no_04_2025.pdf</t>
   </si>
   <si>
     <t>PROMOVE ALTERAÇÕES NA ESTRUTURA ADMINISTRATIVA DO PODER EXECUTIVO MUNICIPAL DE ZORTÉA, EXTINGUE E CRIA CARGOS DE PROVIMENTO EM COMISSÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/894/projeto_de_lei_complementar_no_07_2025_dispoe_sobre_a_majoracao_do_vencimento_do_cargo_de_diretor_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A MAJORAÇÃO DO VENCIMENTO DO CARGO DE DIRETOR MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>931</t>
+  </si>
+  <si>
+    <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/931/projeto_de_lei_complementar_no_08_2025_promove_alteracoes_na_lei_030_2017_diretoria_de_habitacao.pdf</t>
+  </si>
+  <si>
+    <t>928</t>
+  </si>
+  <si>
+    <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/928/projeto_de_lei_complementar_no_09-2025_regulamentacao_para_a_instalacao_e_uso_do_sistema_5g.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A REGULAMENTAÇÃO PARA A INSTALAÇÃO E USO DO SISTEMA 5G NO MUNICÍPIO DE ZORTÉA.</t>
+  </si>
+  <si>
+    <t>929</t>
+  </si>
+  <si>
+    <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei_complementar_no_10-2025_dispoe_sobre_as_regras_para_constituicao_e_funcionamento_de_am.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE AS REGRAS PARA CONSTITUIÇÃO E FUNCIONAMENTO DE AMBIENTE REGULATÓRIO EXPERIMENTAL (SANDBOX REGULATÓRIO) NO_x000D_
+MUNICÍPIO DE ZORTÉA</t>
+  </si>
+  <si>
+    <t>930</t>
+  </si>
+  <si>
+    <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/930/projeto_de_lei_complementar_no_11-2025_dispoe_sobre_a_criacao_da_politica_municipal_de_desenvolviment.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DA POLÍTICA MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO E INOVAÇÃO E CRIA O PROGRAMA DE INOVAÇÃO DO MUNICÍPIO DE ZORTÉA E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
     <t>813</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/813/projeto_de_lei_001-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE PRODUÇÃO DE SILAGEM EM ÁREA URBANA CONSOLIDADA PARA FINS RESIDENCIAIS</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/816/projeto_de_lei_no_02_2025_assembleia_prefeitos_amplasc_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA REALIZAÇÃO DE DESPESA COM O CUSTEIO DA ASSEMBLEIA DOS PREFEITOS DA ASSOCIAÇÃO DE MUNICÍPIOS DO PLANALTO SUL DE SANTA CATARINA – AMPLASC QUE SERÁ REALIZADA NO MUNICÍPIO DE ZORTÉA</t>
   </si>
   <si>
     <t>817</t>
@@ -1213,50 +1247,104 @@
     <t>920</t>
   </si>
   <si>
     <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/920/projeto_de_lei_no_32-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DE ZORTÉA A REALIZAR DESPESA COM A PROMOÇÃO DO EVENTO DE PREMIAÇÃO ÀS EMPRESAS DESTAQUES DO MOVIMENTO ECONÔMICO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/915/projeto_de_lei_no_33-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A ÁREA DO PERÍMETRO URBANO NO MUNICÍPIO DE ZORTÉA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_no_35_2025_ratifica_o_plano_municipal_de_cultura_de_zortea_assinado_1.pdf</t>
   </si>
   <si>
     <t>RATIFICA O PLANO MUNICIPAL DE CULTURA DE ZORTÉA, INSTITUÍDO PELA LEI MUNICIPAL Nº 783/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>922</t>
+  </si>
+  <si>
+    <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/922/projeto_de_lei_no_36_2025_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_202.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>923</t>
+  </si>
+  <si>
+    <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/923/projeto_de_lei_no_37_2025_dispoe_sobre_o_programa_de_parcerias_publico-privadas_e_concessoes.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O PROGRAMA MUNICIPAL DE PARCERIAS PÚBLICO-PRIVADAS E CONCESSÕES DO MUNICÍPIO DE ZORTÉA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>924</t>
+  </si>
+  <si>
+    <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/924/projeto_de_lei_no_38-2025_dispoe_sobre_o_servico_de_inspecao_municipal_1.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O SERVIÇO DE INSPEÇÃO MUNICIPAL E AS NORMAS DE INSPEÇÃO INDUSTRIAL E SANITÁRIA DE PRODUTOS DE ORIGEM ANIMAL NO MUNICÍPIO DE ZORTÉA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>925</t>
+  </si>
+  <si>
+    <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/925/projeto_de_lei_no_39_2025_cessao_de_uso_equipamentos_agricolas_3.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR A CESSÃO DE USO DE EQUIPAMENTOS AGRÍCOLAS À ASSOCIAÇÃO DE PRODUTORES RURAIS DE POUSO ALTO E TRÊS PORTEIRAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>926</t>
+  </si>
+  <si>
+    <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/926/projeto_de_lei_no_40-2025_autoriza_o_poder_executivo_municipal_a_abrir_credito_adicional_suplementar.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL SUPLEMENTAR</t>
+  </si>
+  <si>
+    <t>927</t>
+  </si>
+  <si>
+    <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/927/projeto_de_lei_no_41_2025_autoriza_despesa_cestas_natalinas.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DE ZORTÉA A REALIZAR DESPESA COM A AQUISIÇÃO E DISTRIBUIÇÃO DE BRINDES NATALINOS AOS SERVIDORES PÚBLICOS DE ZORTÉA.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/819/projeto_de_lei_02_-_instituto_crescer_com_parecer.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL O INSTITUTO CRESCER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/820/projeto_de_lei_-_clube_de_maes.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL O CLUBE DE MÃES DO MUNICÍPIO DE ZORTÉA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
@@ -1713,56 +1801,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_01-2025_-14_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/808/indicacao_03-2025-14_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/809/indicacao_04-2025_-14_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/810/indicacao_05-2025-_21_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/811/indicacao_06-2025_-21_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/812/indicacao_07-2025-_21_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/825/indicacao_08-2025-_03_de_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_009_-05_de_fevereiro_2025-_implantar_sistema_de_cortina_verde_nas_areas_do_perimetro_urbano_do_municipio_de_zortea_que_fazem_divisa_com_lavouras..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_010_-2025-_05_de_fevereiro_225_instalacao_de_uma_faixa_elevada_na_rua_samuel_zampieri_esquina_com_a_rua_domingos_pelizzaro_no_bairro_conceicao..pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/828/indicacao_011-2025-_07_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_012-2025_-_07_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_013-2025_-_12_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_013-2025_-_12_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_020-2025_-20_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_021-_2025-_20_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_022-2025_assinados.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao_024-2025-_03_de_marco.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/843/indicacao_026-2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/844/indicacao_027-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/845/indicacao_028-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_029-_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/847/indicacao_030-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_031-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/863/indicacao_032-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/864/indicacao_033-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/865/indicacao__034-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/866/indicacao_035-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_036-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_38-2025-_transporte_idosos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_39-2025_-_melhorias_centro_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_040-2025-_fanfarra.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_041-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_042-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/874/indicacao_043-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/875/indicacao_044-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_045-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao__046-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/878/indicacao_047-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/879/indicacao_048-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_049-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_050_-_2025__marisete_e_alexandre_09.061.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/882/indicacao_051_-_2025_marisete_e_alexandre_09.06_-_balanca1.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/883/indicacao_052-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/884/indicacao_053_-_2025_alexandre__-_escolinhas.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_054_-_2025_maicon_16.061.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/886/indicacao_055-2025_-_2025_de_30_de_junho.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/887/indicacao_056-2025_-_2025_de_30_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao_057-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao_058-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/903/indicacao_059-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/904/indicacao_060-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/905/indicacao_061_-_2025__aumento_salario_todas_as_classes.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/906/indicacao_62-2025_melhorias_rua_antonio_ferreira.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/907/indicacao_063-2025_hidrante.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/805/emenda_a_lei_organica_001.2025_-_alteracao_de_horarios_08.01.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/804/projeto_de_lei_complementar_no_01_2025_altera_valor_funcao_gratificada_medico.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/814/projeto_de_lei_complementar_no_02_2025_cria_vaga_cargo_agente_de_endemias.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/815/projeto_de_lei_complementar_no_03_2025_alteracao_carga_horaria_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/818/projeto_de_lei_complementar_no_04_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/894/projeto_de_lei_complementar_no_07_2025_dispoe_sobre_a_majoracao_do_vencimento_do_cargo_de_diretor_municipal.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/813/projeto_de_lei_001-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/816/projeto_de_lei_no_02_2025_assembleia_prefeitos_amplasc_1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/817/projeto_de_lei_no_03_2025_doacao_terreno_fatima_serlene_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/822/projeto_de_lei_005-2025_repasse_para_as_associacoes_apaeamaaeaz.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/823/projeto_de_lei_no_06_2025_revisao_geral_anual_marco_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/824/projeto_de_lei_07-_2025_abre_cred_especial_coord_idoso_e_3393.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_ordinaria_no_008_-_2025_de_14_de_abril_de_2025_-_autoriza_o_poder_executivo_municipal_a_abrir_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_de_lei_no_09_2025_reconhecimento_de_divida_exercicio_anterior.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/855/projeto_de_lei_no_010_-_2025_-_cria_funcao_gratificada_grafi.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/862/projeto_de_lei_no_11_2025_fixa_valor_minimo_para_ajuizamento_de_execucao_fiscal.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/856/projeto_de_lei_no_12_2025_altera_o_perimetro_urbano_do_municipio_de_zortea_2.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/857/projeto_de_lei_no_13_2025_incentivos_fiscais_empresa_gratt.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/858/projeto_de_lei_no_14_2025_ratificacao_consorcio_cisamures.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/859/projeto_de_lei_no_15_2025_fornecimento_de_marmitas_com_oficio.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/860/projeto_de_lei_no_16_2025_alteracao_requisitos_cargo_operador_de_maquinas_com_oficio.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/861/projeto_de_lei_no_17_2025_tarifa_social_agua_com_oficio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/888/projeto_de_lei_no_18_2025_gratificacao_sobreaviso_motoristas_saude.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/889/projeto_de_lei_no_19_2025_aumenta_o_numero_de_vagas_do_cargo_de_agente_operacionall.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/890/projeto_de_lei_ordinaria_no_20_de_06_de_junho_de_2025_impacto_financeiro_-_projeto_de_lei_no_020-202.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/892/pl_2225.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/893/projeto_de_lei_no_23_2025_alienacao_de_bens_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/908/projeto_de_lei_ordinaria_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/909/projeto_de_lei_ordinaria_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/910/projeto_de_lei_ordinaria_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/911/projeto_de_lei_ordinaria_no_27-2025_que_cria_o_conselho_municipal_de_saneamento_basico_do_municipio_d.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/912/projeto_de_lei_ordinaria_no_28-2025_que_autoriza_a_cessao_de_servidores_publicos_do_municipio_de_zort.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/916/projeto_de_lei_ordinaria_no_29_-_plano_plurianual_periodo_2026_a_2029..pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/918/projeto_de_lei_no_030-2025_-_anulacao_e_suplementacao_da_camara_1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/919/projeto_de_lei_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/920/projeto_de_lei_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/915/projeto_de_lei_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_no_35_2025_ratifica_o_plano_municipal_de_cultura_de_zortea_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/819/projeto_de_lei_02_-_instituto_crescer_com_parecer.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/820/projeto_de_lei_-_clube_de_maes.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/821/projeto_de_lei_004_-_dia_dos_legendarios_atualizado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/895/projeto_de_lei_005_legislativo_vale_alimentacao_camara_2025_.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/896/projeto_de_lei_n_o_006_-_rua_coberta_timbrado.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/897/pl_-_subsidio_prefeito_e_vice__parecer.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/898/pl_-_subsidio_secretario__parecer.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/899/projeto_legislativo_009-2025-_auxilio_alimentacao_vereador.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_010_-_sandro_-tea_ok.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/913/projeto_de_lei_no_011_legislativa_-_educacao_financeira1.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/914/projeto_legislativo_12-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/921/projeto_legislativo_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/849/resolucao_01.2025_composicao_das_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/850/resolucao_02.2025_mesa_diarias_zortea_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/851/resolucao_003.2025_-_alteracao_dia_e_horario.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/852/resolucao_04.2025_mesa_diarias_zortea_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_01-2025_-14_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/808/indicacao_03-2025-14_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/809/indicacao_04-2025_-14_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/810/indicacao_05-2025-_21_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/811/indicacao_06-2025_-21_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/812/indicacao_07-2025-_21_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/825/indicacao_08-2025-_03_de_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_009_-05_de_fevereiro_2025-_implantar_sistema_de_cortina_verde_nas_areas_do_perimetro_urbano_do_municipio_de_zortea_que_fazem_divisa_com_lavouras..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_010_-2025-_05_de_fevereiro_225_instalacao_de_uma_faixa_elevada_na_rua_samuel_zampieri_esquina_com_a_rua_domingos_pelizzaro_no_bairro_conceicao..pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/828/indicacao_011-2025-_07_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_012-2025_-_07_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_013-2025_-_12_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_013-2025_-_12_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_020-2025_-20_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_021-_2025-_20_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_022-2025_assinados.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao_024-2025-_03_de_marco.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/843/indicacao_026-2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/844/indicacao_027-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/845/indicacao_028-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_029-_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/847/indicacao_030-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_031-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/863/indicacao_032-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/864/indicacao_033-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/865/indicacao__034-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/866/indicacao_035-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_036-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_38-2025-_transporte_idosos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_39-2025_-_melhorias_centro_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_040-2025-_fanfarra.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_041-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_042-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/874/indicacao_043-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/875/indicacao_044-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_045-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao__046-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/878/indicacao_047-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/879/indicacao_048-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_049-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_050_-_2025__marisete_e_alexandre_09.061.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/882/indicacao_051_-_2025_marisete_e_alexandre_09.06_-_balanca1.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/883/indicacao_052-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/884/indicacao_053_-_2025_alexandre__-_escolinhas.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_054_-_2025_maicon_16.061.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/886/indicacao_055-2025_-_2025_de_30_de_junho.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/887/indicacao_056-2025_-_2025_de_30_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao_057-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao_058-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/903/indicacao_059-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/904/indicacao_060-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/905/indicacao_061_-_2025__aumento_salario_todas_as_classes.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/906/indicacao_62-2025_melhorias_rua_antonio_ferreira.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/907/indicacao_063-2025_hidrante.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/805/emenda_a_lei_organica_001.2025_-_alteracao_de_horarios_08.01.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/804/projeto_de_lei_complementar_no_01_2025_altera_valor_funcao_gratificada_medico.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/814/projeto_de_lei_complementar_no_02_2025_cria_vaga_cargo_agente_de_endemias.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/815/projeto_de_lei_complementar_no_03_2025_alteracao_carga_horaria_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/818/projeto_de_lei_complementar_no_04_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/894/projeto_de_lei_complementar_no_07_2025_dispoe_sobre_a_majoracao_do_vencimento_do_cargo_de_diretor_municipal.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/931/projeto_de_lei_complementar_no_08_2025_promove_alteracoes_na_lei_030_2017_diretoria_de_habitacao.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/928/projeto_de_lei_complementar_no_09-2025_regulamentacao_para_a_instalacao_e_uso_do_sistema_5g.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei_complementar_no_10-2025_dispoe_sobre_as_regras_para_constituicao_e_funcionamento_de_am.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/930/projeto_de_lei_complementar_no_11-2025_dispoe_sobre_a_criacao_da_politica_municipal_de_desenvolviment.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/813/projeto_de_lei_001-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/816/projeto_de_lei_no_02_2025_assembleia_prefeitos_amplasc_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/817/projeto_de_lei_no_03_2025_doacao_terreno_fatima_serlene_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/822/projeto_de_lei_005-2025_repasse_para_as_associacoes_apaeamaaeaz.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/823/projeto_de_lei_no_06_2025_revisao_geral_anual_marco_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/824/projeto_de_lei_07-_2025_abre_cred_especial_coord_idoso_e_3393.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_ordinaria_no_008_-_2025_de_14_de_abril_de_2025_-_autoriza_o_poder_executivo_municipal_a_abrir_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_de_lei_no_09_2025_reconhecimento_de_divida_exercicio_anterior.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/855/projeto_de_lei_no_010_-_2025_-_cria_funcao_gratificada_grafi.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/862/projeto_de_lei_no_11_2025_fixa_valor_minimo_para_ajuizamento_de_execucao_fiscal.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/856/projeto_de_lei_no_12_2025_altera_o_perimetro_urbano_do_municipio_de_zortea_2.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/857/projeto_de_lei_no_13_2025_incentivos_fiscais_empresa_gratt.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/858/projeto_de_lei_no_14_2025_ratificacao_consorcio_cisamures.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/859/projeto_de_lei_no_15_2025_fornecimento_de_marmitas_com_oficio.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/860/projeto_de_lei_no_16_2025_alteracao_requisitos_cargo_operador_de_maquinas_com_oficio.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/861/projeto_de_lei_no_17_2025_tarifa_social_agua_com_oficio.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/888/projeto_de_lei_no_18_2025_gratificacao_sobreaviso_motoristas_saude.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/889/projeto_de_lei_no_19_2025_aumenta_o_numero_de_vagas_do_cargo_de_agente_operacionall.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/890/projeto_de_lei_ordinaria_no_20_de_06_de_junho_de_2025_impacto_financeiro_-_projeto_de_lei_no_020-202.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/892/pl_2225.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/893/projeto_de_lei_no_23_2025_alienacao_de_bens_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/908/projeto_de_lei_ordinaria_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/909/projeto_de_lei_ordinaria_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/910/projeto_de_lei_ordinaria_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/911/projeto_de_lei_ordinaria_no_27-2025_que_cria_o_conselho_municipal_de_saneamento_basico_do_municipio_d.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/912/projeto_de_lei_ordinaria_no_28-2025_que_autoriza_a_cessao_de_servidores_publicos_do_municipio_de_zort.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/916/projeto_de_lei_ordinaria_no_29_-_plano_plurianual_periodo_2026_a_2029..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/918/projeto_de_lei_no_030-2025_-_anulacao_e_suplementacao_da_camara_1.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/919/projeto_de_lei_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/920/projeto_de_lei_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/915/projeto_de_lei_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_no_35_2025_ratifica_o_plano_municipal_de_cultura_de_zortea_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/922/projeto_de_lei_no_36_2025_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_202.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/923/projeto_de_lei_no_37_2025_dispoe_sobre_o_programa_de_parcerias_publico-privadas_e_concessoes.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/924/projeto_de_lei_no_38-2025_dispoe_sobre_o_servico_de_inspecao_municipal_1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/925/projeto_de_lei_no_39_2025_cessao_de_uso_equipamentos_agricolas_3.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/926/projeto_de_lei_no_40-2025_autoriza_o_poder_executivo_municipal_a_abrir_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/927/projeto_de_lei_no_41_2025_autoriza_despesa_cestas_natalinas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/819/projeto_de_lei_02_-_instituto_crescer_com_parecer.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/820/projeto_de_lei_-_clube_de_maes.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/821/projeto_de_lei_004_-_dia_dos_legendarios_atualizado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/895/projeto_de_lei_005_legislativo_vale_alimentacao_camara_2025_.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/896/projeto_de_lei_n_o_006_-_rua_coberta_timbrado.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/897/pl_-_subsidio_prefeito_e_vice__parecer.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/898/pl_-_subsidio_secretario__parecer.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/899/projeto_legislativo_009-2025-_auxilio_alimentacao_vereador.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_010_-_sandro_-tea_ok.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/913/projeto_de_lei_no_011_legislativa_-_educacao_financeira1.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/914/projeto_legislativo_12-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/921/projeto_legislativo_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/849/resolucao_01.2025_composicao_das_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/850/resolucao_02.2025_mesa_diarias_zortea_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/851/resolucao_003.2025_-_alteracao_dia_e_horario.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.zortea.sc.leg.br/media/sapl/public/materialegislativa/2025/852/resolucao_04.2025_mesa_diarias_zortea_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H119"/>
+  <dimension ref="A1:H129"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="148.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="224.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3562,1314 +3650,1574 @@
       </c>
       <c r="D70" t="s">
         <v>284</v>
       </c>
       <c r="E70" t="s">
         <v>285</v>
       </c>
       <c r="F70" t="s">
         <v>286</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>299</v>
       </c>
       <c r="H70" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>301</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="D71" t="s">
-        <v>302</v>
+        <v>284</v>
       </c>
       <c r="E71" t="s">
-        <v>303</v>
+        <v>285</v>
       </c>
       <c r="F71" t="s">
         <v>286</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="H71" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="D72" t="s">
-        <v>302</v>
+        <v>284</v>
       </c>
       <c r="E72" t="s">
-        <v>303</v>
+        <v>285</v>
       </c>
       <c r="F72" t="s">
         <v>286</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="H72" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="D73" t="s">
-        <v>302</v>
+        <v>284</v>
       </c>
       <c r="E73" t="s">
-        <v>303</v>
+        <v>285</v>
       </c>
       <c r="F73" t="s">
         <v>286</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="H73" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="D74" t="s">
-        <v>302</v>
+        <v>284</v>
       </c>
       <c r="E74" t="s">
-        <v>303</v>
+        <v>285</v>
       </c>
       <c r="F74" t="s">
         <v>286</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="H74" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E75" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F75" t="s">
         <v>286</v>
       </c>
       <c r="G75" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H75" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="D76" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E76" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F76" t="s">
         <v>286</v>
       </c>
       <c r="G76" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H76" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="D77" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E77" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F77" t="s">
         <v>286</v>
       </c>
       <c r="G77" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="H77" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="D78" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E78" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F78" t="s">
         <v>286</v>
       </c>
       <c r="G78" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="H78" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="D79" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E79" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F79" t="s">
         <v>286</v>
       </c>
       <c r="G79" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="H79" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="D80" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E80" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F80" t="s">
         <v>286</v>
       </c>
       <c r="G80" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="H80" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="D81" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E81" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F81" t="s">
         <v>286</v>
       </c>
       <c r="G81" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="H81" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
       <c r="D82" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E82" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F82" t="s">
         <v>286</v>
       </c>
       <c r="G82" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="H82" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="D83" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E83" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F83" t="s">
         <v>286</v>
       </c>
       <c r="G83" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="H83" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>73</v>
+        <v>57</v>
       </c>
       <c r="D84" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E84" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F84" t="s">
         <v>286</v>
       </c>
       <c r="G84" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H84" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>77</v>
+        <v>61</v>
       </c>
       <c r="D85" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E85" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F85" t="s">
         <v>286</v>
       </c>
       <c r="G85" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="H85" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="D86" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E86" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F86" t="s">
         <v>286</v>
       </c>
       <c r="G86" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H86" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="D87" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E87" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F87" t="s">
         <v>286</v>
       </c>
       <c r="G87" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="H87" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>89</v>
+        <v>73</v>
       </c>
       <c r="D88" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E88" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F88" t="s">
         <v>286</v>
       </c>
       <c r="G88" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="H88" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>94</v>
+        <v>77</v>
       </c>
       <c r="D89" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E89" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F89" t="s">
         <v>286</v>
       </c>
       <c r="G89" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="H89" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>98</v>
+        <v>81</v>
       </c>
       <c r="D90" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E90" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F90" t="s">
         <v>286</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>19</v>
+        <v>360</v>
       </c>
       <c r="H90" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>362</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="D91" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E91" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F91" t="s">
         <v>286</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>363</v>
       </c>
       <c r="H91" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>365</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>107</v>
+        <v>89</v>
       </c>
       <c r="D92" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E92" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F92" t="s">
         <v>286</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>366</v>
       </c>
       <c r="H92" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>368</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="D93" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E93" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F93" t="s">
         <v>286</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>369</v>
       </c>
       <c r="H93" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>371</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>115</v>
+        <v>98</v>
       </c>
       <c r="D94" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E94" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F94" t="s">
         <v>286</v>
       </c>
       <c r="G94" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H94" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>119</v>
+        <v>103</v>
       </c>
       <c r="D95" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E95" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F95" t="s">
         <v>286</v>
       </c>
       <c r="G95" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="H95" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>123</v>
+        <v>107</v>
       </c>
       <c r="D96" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E96" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F96" t="s">
         <v>286</v>
       </c>
       <c r="G96" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="H96" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>127</v>
+        <v>111</v>
       </c>
       <c r="D97" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E97" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F97" t="s">
         <v>286</v>
       </c>
       <c r="G97" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="H97" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="D98" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E98" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F98" t="s">
         <v>286</v>
       </c>
       <c r="G98" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="H98" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>136</v>
+        <v>119</v>
       </c>
       <c r="D99" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E99" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F99" t="s">
         <v>286</v>
       </c>
       <c r="G99" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="H99" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>140</v>
+        <v>123</v>
       </c>
       <c r="D100" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E100" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F100" t="s">
         <v>286</v>
       </c>
       <c r="G100" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="H100" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>144</v>
+        <v>127</v>
       </c>
       <c r="D101" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E101" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F101" t="s">
         <v>286</v>
       </c>
       <c r="G101" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="H101" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>148</v>
+        <v>131</v>
       </c>
       <c r="D102" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E102" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F102" t="s">
         <v>286</v>
       </c>
       <c r="G102" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="H102" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="D103" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="E103" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F103" t="s">
         <v>286</v>
       </c>
       <c r="G103" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="H103" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>400</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>140</v>
+      </c>
+      <c r="D104" t="s">
+        <v>313</v>
+      </c>
+      <c r="E104" t="s">
+        <v>314</v>
+      </c>
+      <c r="F104" t="s">
+        <v>286</v>
+      </c>
+      <c r="G104" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="B104" t="s">
-[...5 lines deleted...]
-      <c r="D104" t="s">
+      <c r="H104" t="s">
         <v>402</v>
-      </c>
-[...10 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>22</v>
+        <v>144</v>
       </c>
       <c r="D105" t="s">
-        <v>402</v>
+        <v>313</v>
       </c>
       <c r="E105" t="s">
-        <v>403</v>
+        <v>314</v>
       </c>
       <c r="F105" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="H105" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
       <c r="D106" t="s">
-        <v>402</v>
+        <v>313</v>
       </c>
       <c r="E106" t="s">
-        <v>403</v>
+        <v>314</v>
       </c>
       <c r="F106" t="s">
-        <v>99</v>
+        <v>286</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="H106" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>31</v>
+        <v>156</v>
       </c>
       <c r="D107" t="s">
-        <v>402</v>
+        <v>313</v>
       </c>
       <c r="E107" t="s">
-        <v>403</v>
+        <v>314</v>
       </c>
       <c r="F107" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="H107" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>36</v>
+        <v>161</v>
       </c>
       <c r="D108" t="s">
-        <v>402</v>
+        <v>313</v>
       </c>
       <c r="E108" t="s">
-        <v>403</v>
+        <v>314</v>
       </c>
       <c r="F108" t="s">
-        <v>182</v>
+        <v>286</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="H108" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>40</v>
+        <v>166</v>
       </c>
       <c r="D109" t="s">
-        <v>402</v>
+        <v>313</v>
       </c>
       <c r="E109" t="s">
-        <v>403</v>
+        <v>314</v>
       </c>
       <c r="F109" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="H109" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>44</v>
+        <v>169</v>
       </c>
       <c r="D110" t="s">
-        <v>402</v>
+        <v>313</v>
       </c>
       <c r="E110" t="s">
-        <v>403</v>
+        <v>314</v>
       </c>
       <c r="F110" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="H110" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>49</v>
+        <v>173</v>
       </c>
       <c r="D111" t="s">
-        <v>402</v>
+        <v>313</v>
       </c>
       <c r="E111" t="s">
-        <v>403</v>
+        <v>314</v>
       </c>
       <c r="F111" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="H111" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>53</v>
+        <v>177</v>
       </c>
       <c r="D112" t="s">
-        <v>402</v>
+        <v>313</v>
       </c>
       <c r="E112" t="s">
-        <v>403</v>
+        <v>314</v>
       </c>
       <c r="F112" t="s">
-        <v>27</v>
+        <v>286</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="H112" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>57</v>
+        <v>181</v>
       </c>
       <c r="D113" t="s">
-        <v>402</v>
+        <v>313</v>
       </c>
       <c r="E113" t="s">
-        <v>403</v>
+        <v>314</v>
       </c>
       <c r="F113" t="s">
-        <v>45</v>
+        <v>286</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="H113" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>430</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>17</v>
+      </c>
+      <c r="D114" t="s">
+        <v>431</v>
+      </c>
+      <c r="E114" t="s">
+        <v>432</v>
+      </c>
+      <c r="F114" t="s">
+        <v>280</v>
+      </c>
+      <c r="G114" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="B114" t="s">
-[...14 lines deleted...]
-      <c r="G114" s="1" t="s">
+      <c r="H114" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>435</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>22</v>
+      </c>
+      <c r="D115" t="s">
+        <v>431</v>
+      </c>
+      <c r="E115" t="s">
+        <v>432</v>
+      </c>
+      <c r="F115" t="s">
+        <v>280</v>
+      </c>
+      <c r="G115" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="B115" t="s">
-[...14 lines deleted...]
-      <c r="G115" s="1" t="s">
+      <c r="H115" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>438</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>26</v>
+      </c>
+      <c r="D116" t="s">
+        <v>431</v>
+      </c>
+      <c r="E116" t="s">
+        <v>432</v>
+      </c>
+      <c r="F116" t="s">
+        <v>99</v>
+      </c>
+      <c r="G116" s="1" t="s">
         <v>439</v>
       </c>
-      <c r="B116" t="s">
-[...5 lines deleted...]
-      <c r="D116" t="s">
+      <c r="H116" t="s">
         <v>440</v>
-      </c>
-[...10 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="D117" t="s">
-        <v>440</v>
+        <v>431</v>
       </c>
       <c r="E117" t="s">
-        <v>441</v>
+        <v>432</v>
       </c>
       <c r="F117" t="s">
         <v>280</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="H117" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="D118" t="s">
-        <v>440</v>
+        <v>431</v>
       </c>
       <c r="E118" t="s">
-        <v>441</v>
+        <v>432</v>
       </c>
       <c r="F118" t="s">
-        <v>280</v>
+        <v>182</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="H118" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="D119" t="s">
-        <v>440</v>
+        <v>431</v>
       </c>
       <c r="E119" t="s">
-        <v>441</v>
+        <v>432</v>
       </c>
       <c r="F119" t="s">
         <v>280</v>
       </c>
       <c r="G119" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="H119" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>450</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>44</v>
+      </c>
+      <c r="D120" t="s">
+        <v>431</v>
+      </c>
+      <c r="E120" t="s">
+        <v>432</v>
+      </c>
+      <c r="F120" t="s">
+        <v>280</v>
+      </c>
+      <c r="G120" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="H119" t="s">
-        <v>446</v>
+      <c r="H120" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>453</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>49</v>
+      </c>
+      <c r="D121" t="s">
+        <v>431</v>
+      </c>
+      <c r="E121" t="s">
+        <v>432</v>
+      </c>
+      <c r="F121" t="s">
+        <v>280</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="H121" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>456</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>53</v>
+      </c>
+      <c r="D122" t="s">
+        <v>431</v>
+      </c>
+      <c r="E122" t="s">
+        <v>432</v>
+      </c>
+      <c r="F122" t="s">
+        <v>27</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="H122" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>459</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>57</v>
+      </c>
+      <c r="D123" t="s">
+        <v>431</v>
+      </c>
+      <c r="E123" t="s">
+        <v>432</v>
+      </c>
+      <c r="F123" t="s">
+        <v>45</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H123" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>462</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>61</v>
+      </c>
+      <c r="D124" t="s">
+        <v>431</v>
+      </c>
+      <c r="E124" t="s">
+        <v>432</v>
+      </c>
+      <c r="F124" t="s">
+        <v>265</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="H124" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>465</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>65</v>
+      </c>
+      <c r="D125" t="s">
+        <v>431</v>
+      </c>
+      <c r="E125" t="s">
+        <v>432</v>
+      </c>
+      <c r="F125" t="s">
+        <v>45</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="H125" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>468</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>10</v>
+      </c>
+      <c r="D126" t="s">
+        <v>469</v>
+      </c>
+      <c r="E126" t="s">
+        <v>470</v>
+      </c>
+      <c r="F126" t="s">
+        <v>280</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="H126" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>473</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>17</v>
+      </c>
+      <c r="D127" t="s">
+        <v>469</v>
+      </c>
+      <c r="E127" t="s">
+        <v>470</v>
+      </c>
+      <c r="F127" t="s">
+        <v>280</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="H127" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>476</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>22</v>
+      </c>
+      <c r="D128" t="s">
+        <v>469</v>
+      </c>
+      <c r="E128" t="s">
+        <v>470</v>
+      </c>
+      <c r="F128" t="s">
+        <v>280</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="H128" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>479</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>26</v>
+      </c>
+      <c r="D129" t="s">
+        <v>469</v>
+      </c>
+      <c r="E129" t="s">
+        <v>470</v>
+      </c>
+      <c r="F129" t="s">
+        <v>280</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="H129" t="s">
+        <v>475</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -4948,50 +5296,60 @@
     <hyperlink ref="G95" r:id="rId94"/>
     <hyperlink ref="G96" r:id="rId95"/>
     <hyperlink ref="G97" r:id="rId96"/>
     <hyperlink ref="G98" r:id="rId97"/>
     <hyperlink ref="G99" r:id="rId98"/>
     <hyperlink ref="G100" r:id="rId99"/>
     <hyperlink ref="G101" r:id="rId100"/>
     <hyperlink ref="G102" r:id="rId101"/>
     <hyperlink ref="G103" r:id="rId102"/>
     <hyperlink ref="G104" r:id="rId103"/>
     <hyperlink ref="G105" r:id="rId104"/>
     <hyperlink ref="G106" r:id="rId105"/>
     <hyperlink ref="G107" r:id="rId106"/>
     <hyperlink ref="G108" r:id="rId107"/>
     <hyperlink ref="G109" r:id="rId108"/>
     <hyperlink ref="G110" r:id="rId109"/>
     <hyperlink ref="G111" r:id="rId110"/>
     <hyperlink ref="G112" r:id="rId111"/>
     <hyperlink ref="G113" r:id="rId112"/>
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>